--- v0 (2025-10-11)
+++ v1 (2026-01-24)
@@ -1,1978 +1,2754 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="008604E8" w:rsidRDefault="008604E8" w:rsidP="008604E8">
-[...9 lines deleted...]
-    <w:p w:rsidR="00E35107" w:rsidRDefault="00E35107" w:rsidP="008604E8">
+    <w:p w14:paraId="74B1822D" w14:textId="77777777" w:rsidR="00647C98" w:rsidRPr="00647C98" w:rsidRDefault="00647C98" w:rsidP="00647C98">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5184" w:firstLine="1296"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00647C98">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ukmergės </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E62C75">
+        <w:t xml:space="preserve">Ukmergės Antano Smetonos gimnazijos </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58DBECC9" w14:textId="77777777" w:rsidR="00647C98" w:rsidRPr="00647C98" w:rsidRDefault="00647C98" w:rsidP="00647C98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5184" w:firstLine="1296"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">Antano </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008604E8">
+      </w:pPr>
+      <w:r w:rsidRPr="00647C98">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">Smetonos </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008604E8" w:rsidRPr="00EC6331">
+        <w:t>direktoriaus</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0817CABE" w14:textId="06F72AFA" w:rsidR="00647C98" w:rsidRPr="00647C98" w:rsidRDefault="00647C98" w:rsidP="00647C98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">gimnazijos </w:t>
-[...5 lines deleted...]
-        <w:ind w:left="5184" w:firstLine="1296"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00647C98">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00EC6331">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00647C98">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>direktoriaus</w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00647C98">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00647C98">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00647C98">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-      <w:r>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00C131C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00647C98">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>-1</w:t>
+      </w:r>
+      <w:r w:rsidR="00C131C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:tab/>
-[...2 lines deleted...]
-      <w:r w:rsidR="008604E8" w:rsidRPr="00EC6331">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00647C98">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>-1</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00C131C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>1-23</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008604E8" w:rsidRPr="00EC6331">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="009470F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> įsakymo Nr.V1-</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E35107">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00647C98">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>112</w:t>
-[...6 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t xml:space="preserve"> įsakymo Nr.V1-</w:t>
+      </w:r>
+      <w:r w:rsidR="009470F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00EC6331">
+        <w:t>140</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13C987D5" w14:textId="2483CB86" w:rsidR="008604E8" w:rsidRPr="00EC6331" w:rsidRDefault="00647C98" w:rsidP="00647C98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EC6331">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00EC6331">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00EC6331">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00EC6331">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
-        <w:t>1 priedas</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="008604E8" w:rsidRDefault="008604E8" w:rsidP="008604E8">
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="003A2319">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="004776DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004776DF" w:rsidRPr="00EC6331">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> priedas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="284F1F1B" w14:textId="49615C19" w:rsidR="008604E8" w:rsidRDefault="008604E8" w:rsidP="006B1625">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B54B4C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B54B4C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B54B4C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008604E8" w:rsidRDefault="008604E8" w:rsidP="008604E8">
-[...7 lines deleted...]
-    <w:p w:rsidR="008604E8" w:rsidRPr="004C55E6" w:rsidRDefault="008604E8" w:rsidP="008604E8">
+    <w:p w14:paraId="7E69220D" w14:textId="7F26E186" w:rsidR="008604E8" w:rsidRPr="004C55E6" w:rsidRDefault="008604E8" w:rsidP="005873C6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C55E6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>..........................................</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>..........</w:t>
       </w:r>
       <w:r w:rsidR="00BE5146">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.......................................................................</w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t>........................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="224C455C" w14:textId="06051270" w:rsidR="008604E8" w:rsidRPr="00073B08" w:rsidRDefault="008604E8" w:rsidP="00073B08">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00073B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00E56361" w:rsidRPr="00073B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mokinio </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00073B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>vardas ir pavardė didžiosiomis spausdintinėmis raidėmis)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C98E4BE" w14:textId="29E51AB7" w:rsidR="008604E8" w:rsidRDefault="008604E8" w:rsidP="005873C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="308C1388" w14:textId="1B8579A7" w:rsidR="008604E8" w:rsidRPr="004C55E6" w:rsidRDefault="0006041A" w:rsidP="005873C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>....</w:t>
+      </w:r>
+      <w:r w:rsidR="00073B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>......</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>..................................................................................</w:t>
+      </w:r>
+      <w:r w:rsidR="008604E8" w:rsidRPr="004C55E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08D61F54" w14:textId="4487BCE0" w:rsidR="008604E8" w:rsidRPr="00143A8E" w:rsidRDefault="008604E8" w:rsidP="000E7068">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00143A8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF49E7" w:rsidRPr="00143A8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>mokinio</w:t>
+      </w:r>
+      <w:r w:rsidR="000E7068" w:rsidRPr="00143A8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> deklaruojamos </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF49E7" w:rsidRPr="00143A8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00143A8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gyvenamosios vietos </w:t>
+      </w:r>
+      <w:r w:rsidR="006E1CB8" w:rsidRPr="00143A8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>adresas)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00143A8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006C2D38" w:rsidRPr="00143A8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidR="00E56361" w:rsidRPr="00143A8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                      </w:t>
+      </w:r>
+      <w:r w:rsidR="006C2D38" w:rsidRPr="00143A8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA443C" w:rsidRPr="00143A8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="006C2D38" w:rsidRPr="00143A8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="197C819B" w14:textId="77777777" w:rsidR="008604E8" w:rsidRDefault="008604E8" w:rsidP="005873C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A69E6EB" w14:textId="6EAFF16D" w:rsidR="00BA7C96" w:rsidRDefault="00BA7C96" w:rsidP="00E56361">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>............................................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BCCCDBD" w14:textId="62857807" w:rsidR="00BA7C96" w:rsidRPr="00143A8E" w:rsidRDefault="00073B08" w:rsidP="00073B08">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00143A8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF65F4" w:rsidRPr="00143A8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mokinio </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00143A8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>telefonas</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF65F4" w:rsidRPr="00143A8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF49E7" w:rsidRPr="00143A8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA7C96" w:rsidRPr="00143A8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>elektronini</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF49E7" w:rsidRPr="00143A8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA7C96" w:rsidRPr="00143A8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pašt</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF49E7" w:rsidRPr="00143A8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>o adresas</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA7C96" w:rsidRPr="00143A8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AFDBBFB" w14:textId="77777777" w:rsidR="00BA7C96" w:rsidRPr="004C55E6" w:rsidRDefault="00BA7C96" w:rsidP="005873C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C2D066E" w14:textId="212068C4" w:rsidR="0010085C" w:rsidRPr="004C55E6" w:rsidRDefault="0010085C" w:rsidP="0010085C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C55E6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>..........................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>...................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="565C7843" w14:textId="6B2FA8CC" w:rsidR="0010085C" w:rsidRPr="00073B08" w:rsidRDefault="0010085C" w:rsidP="00073B08">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00073B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>(tėvo (globėjo) vardas ir pavardė)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43214A60" w14:textId="77777777" w:rsidR="008604E8" w:rsidRPr="004C55E6" w:rsidRDefault="008604E8" w:rsidP="005873C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FDC1489" w14:textId="23EE892B" w:rsidR="00E56361" w:rsidRPr="004C55E6" w:rsidRDefault="00E56361" w:rsidP="00E56361">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C55E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>……...……</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>..........................................................................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C55E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Tel</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.........................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="790CB14B" w14:textId="2357D8F5" w:rsidR="00E56361" w:rsidRPr="00143A8E" w:rsidRDefault="00E56361" w:rsidP="00E56361">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00143A8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(tėvo (globėjo) gyvenamosios vietos adresas)                 </w:t>
+      </w:r>
+      <w:r w:rsidR="00795444" w:rsidRPr="00143A8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="004A5183" w:rsidRPr="00143A8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidR="00795444" w:rsidRPr="00143A8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+      <w:r w:rsidR="00073B08" w:rsidRPr="00143A8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                          </w:t>
+      </w:r>
+      <w:r w:rsidR="00795444" w:rsidRPr="00143A8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00143A8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        (telefonas)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76FA8F2A" w14:textId="77777777" w:rsidR="00E56361" w:rsidRDefault="00E56361" w:rsidP="00E56361">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05534775" w14:textId="444B9DB9" w:rsidR="00E56361" w:rsidRDefault="00E56361" w:rsidP="00E56361">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.............................................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66E8F718" w14:textId="3EB55100" w:rsidR="00E56361" w:rsidRPr="00143A8E" w:rsidRDefault="00E56361" w:rsidP="00073B08">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00143A8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>(elektroninio pašto adresas)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F2F1592" w14:textId="77777777" w:rsidR="008604E8" w:rsidRPr="004C55E6" w:rsidRDefault="008604E8" w:rsidP="005873C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46BC85AF" w14:textId="77777777" w:rsidR="006B1625" w:rsidRDefault="006B1625" w:rsidP="005873C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C5B73ED" w14:textId="40FD0BDA" w:rsidR="008604E8" w:rsidRPr="00073B08" w:rsidRDefault="008604E8" w:rsidP="00073B08">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00073B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ukmergės Antano Smetonos gimnazijos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B7B4EE5" w14:textId="01CE0217" w:rsidR="008604E8" w:rsidRPr="00073B08" w:rsidRDefault="008604E8" w:rsidP="00073B08">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00073B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>direktoriui</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="248E9484" w14:textId="77777777" w:rsidR="008604E8" w:rsidRPr="004C55E6" w:rsidRDefault="008604E8" w:rsidP="005873C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B764FBB" w14:textId="197B1D5B" w:rsidR="008604E8" w:rsidRPr="004C55E6" w:rsidRDefault="008604E8" w:rsidP="005873C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C55E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PRAŠYMAS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C55E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DĖL PRIĖMIMO Į </w:t>
+      </w:r>
+      <w:r w:rsidR="006C2D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>GIMNAZIJĄ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74DD7579" w14:textId="77777777" w:rsidR="008604E8" w:rsidRPr="004C55E6" w:rsidRDefault="008604E8" w:rsidP="005873C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EF09A2A" w14:textId="46178DA4" w:rsidR="008604E8" w:rsidRPr="004C55E6" w:rsidRDefault="00714264" w:rsidP="005873C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>....</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF73C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>............</w:t>
+      </w:r>
+      <w:r w:rsidR="006B1625">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>...</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF73C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>..</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>...................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F573D2A" w14:textId="55F49F73" w:rsidR="008604E8" w:rsidRPr="00714264" w:rsidRDefault="00714264" w:rsidP="005873C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00124688">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(data)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70D22A21" w14:textId="27070042" w:rsidR="008604E8" w:rsidRPr="004C55E6" w:rsidRDefault="008604E8" w:rsidP="005873C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40BBED4D" w14:textId="77777777" w:rsidR="00073B08" w:rsidRDefault="003B0639" w:rsidP="005873C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Prašau priimti man</w:t>
+      </w:r>
+      <w:r w:rsidR="00124688">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="002E0C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ...........</w:t>
+      </w:r>
+      <w:r w:rsidR="00C86A58">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>...............</w:t>
+      </w:r>
+      <w:r w:rsidR="0006041A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.............................</w:t>
+      </w:r>
+      <w:r w:rsidR="00124688">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>........</w:t>
+      </w:r>
+      <w:r w:rsidR="0006041A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.....</w:t>
+      </w:r>
+      <w:r w:rsidR="00073B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kurio asmens kodas </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78A44DAF" w14:textId="08A11D42" w:rsidR="00073B08" w:rsidRPr="00073B08" w:rsidRDefault="00073B08" w:rsidP="00073B08">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00073B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C86A58">
-[...6 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00073B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>vardas, pavardė</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00073B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B1604DC" w14:textId="77777777" w:rsidR="00073B08" w:rsidRDefault="0006041A" w:rsidP="001462BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>..............................</w:t>
+      </w:r>
+      <w:r w:rsidR="00D216F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>...........</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>....</w:t>
+      </w:r>
+      <w:r w:rsidR="00073B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008604E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00073B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008604E8" w:rsidRPr="004C55E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>į Jū</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE5146">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sų vadovaujamos </w:t>
+      </w:r>
+      <w:r w:rsidR="006C2D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE5146">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F63723">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>............</w:t>
+      </w:r>
+      <w:r w:rsidR="008604E8" w:rsidRPr="004C55E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> klasę </w:t>
+      </w:r>
+      <w:r w:rsidR="00845325">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mokytis </w:t>
+      </w:r>
+      <w:r w:rsidR="008604E8" w:rsidRPr="004C55E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pagal </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69EC91AE" w14:textId="77777777" w:rsidR="00073B08" w:rsidRDefault="00073B08" w:rsidP="001462BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55275D49" w14:textId="7219971D" w:rsidR="008604E8" w:rsidRPr="00636AFC" w:rsidRDefault="008604E8" w:rsidP="001462BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="004C55E6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...37 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pagrindinio ugdymo</w:t>
+      </w:r>
+      <w:r w:rsidR="009A5C49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> antrosios dalies </w:t>
+      </w:r>
       <w:r w:rsidRPr="004C55E6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>……...……</w:t>
-[...7 lines deleted...]
-        <w:t>......................................................................................</w:t>
+        <w:t>mokymosi programą</w:t>
+      </w:r>
+      <w:r w:rsidR="00F63723">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004C55E6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Tel</w:t>
-[...27 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">(kodas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001634E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>201001001</w:t>
+      </w:r>
       <w:r w:rsidRPr="004C55E6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(deklaruojamos gyvenamosios vietos adresas, telefonas</w:t>
-[...375 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve">) nuo </w:t>
+      </w:r>
+      <w:r w:rsidR="00365005">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>..........................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62329741" w14:textId="61884F16" w:rsidR="008604E8" w:rsidRPr="005C047C" w:rsidRDefault="008604E8" w:rsidP="005873C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>didžiosiomis spausdintinėmis raidėmis</w:t>
-      </w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="005C047C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                          </w:t>
+      </w:r>
+      <w:r w:rsidR="006C2D38" w:rsidRPr="005C047C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                           </w:t>
+      </w:r>
+      <w:r w:rsidR="005C047C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                             </w:t>
+      </w:r>
+      <w:r w:rsidR="00365005">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                          </w:t>
+      </w:r>
+      <w:r w:rsidR="005C047C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C047C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(data)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39813443" w14:textId="77777777" w:rsidR="008604E8" w:rsidRPr="004C55E6" w:rsidRDefault="008604E8" w:rsidP="005873C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CBEC7F5" w14:textId="0DA346A3" w:rsidR="008604E8" w:rsidRPr="005C047C" w:rsidRDefault="008604E8" w:rsidP="005873C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="004C55E6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...11 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Atvykst</w:t>
+      </w:r>
+      <w:r w:rsidR="005C047C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
       <w:r w:rsidRPr="004C55E6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">       </w:t>
-[...10 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">  iš ...........</w:t>
+      </w:r>
+      <w:r w:rsidR="0006041A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>..........................................................................</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE5146">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>....</w:t>
+      </w:r>
       <w:r w:rsidRPr="004C55E6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>į Jū</w:t>
-[...7 lines deleted...]
-        <w:t>sų vadovaujamos mokyklos I</w:t>
+        <w:t xml:space="preserve">........................................ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C047C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C047C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C047C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005C047C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C047C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(mokyklos pavadinimas)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E09BEC6" w14:textId="77777777" w:rsidR="008604E8" w:rsidRPr="004C55E6" w:rsidRDefault="008604E8" w:rsidP="005873C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="490E46DF" w14:textId="332AA461" w:rsidR="008604E8" w:rsidRPr="004C55E6" w:rsidRDefault="008604E8" w:rsidP="005873C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA395E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                        </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004C55E6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> klasę pagal pagrindinio ugdymo</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> antrosios dalies </w:t>
+        <w:t>……………</w:t>
+      </w:r>
+      <w:r w:rsidR="00365005">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">....                                  </w:t>
       </w:r>
       <w:r w:rsidRPr="004C55E6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> mokymosi programą</w:t>
-[...28 lines deleted...]
-      </w:pPr>
+        <w:t>………………………</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA395E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>...........</w:t>
+      </w:r>
       <w:r w:rsidRPr="004C55E6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">(kodas </w:t>
-[...8 lines deleted...]
-        <w:t>201001001</w:t>
+        <w:t>….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43C1B446" w14:textId="3BE49255" w:rsidR="008604E8" w:rsidRPr="00BA395E" w:rsidRDefault="008604E8" w:rsidP="005873C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA395E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+      <w:r w:rsidR="00365005">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  (Parašas)    </w:t>
+      </w:r>
+      <w:r w:rsidR="00365005">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00365005">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">                             </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA395E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA395E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Vardas ir pavardė)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="074C8751" w14:textId="77777777" w:rsidR="00897F00" w:rsidRDefault="00897F00" w:rsidP="005873C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="792DC468" w14:textId="03524C7A" w:rsidR="008604E8" w:rsidRDefault="008604E8" w:rsidP="005873C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BD4C7F5" w14:textId="2B4CB864" w:rsidR="00B623A5" w:rsidRPr="00514AC4" w:rsidRDefault="00514AC4" w:rsidP="004A5183">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00514AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>TĖVO (GLOBĖJO) SUTIKIMAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D540E0A" w14:textId="384C26E5" w:rsidR="00514AC4" w:rsidRDefault="00514AC4" w:rsidP="005873C6">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00514AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sutinku, kad mano vaikas/globotinis   ..................................................</w:t>
+      </w:r>
+      <w:r w:rsidR="00365005">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>..........</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00514AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">..........................  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01313DC6" w14:textId="45490C21" w:rsidR="00514AC4" w:rsidRDefault="00514AC4" w:rsidP="00514AC4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00514AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokytųsi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00514AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ukmergės Antano Smetonos gimnazijoje nuo  .......................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E632BF3" w14:textId="77777777" w:rsidR="00514AC4" w:rsidRDefault="00514AC4" w:rsidP="00514AC4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C81703C" w14:textId="3D92B8AD" w:rsidR="00514AC4" w:rsidRPr="004C55E6" w:rsidRDefault="00514AC4" w:rsidP="00514AC4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                          .......</w:t>
       </w:r>
       <w:r w:rsidRPr="004C55E6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">) nuo </w:t>
-[...33 lines deleted...]
-        <w:t xml:space="preserve">                                           </w:t>
+        <w:t>.……………………</w:t>
+      </w:r>
+      <w:r w:rsidR="00005559">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
       </w:r>
       <w:r w:rsidRPr="004C55E6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(data)</w:t>
-[...10 lines deleted...]
-      </w:pPr>
+        <w:t>…………………</w:t>
+      </w:r>
+      <w:r w:rsidR="00333519">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>..............</w:t>
+      </w:r>
       <w:r w:rsidRPr="004C55E6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Prašau leisti mokytis ........................................................................................... .</w:t>
-[...10 lines deleted...]
-      </w:pPr>
+        <w:t>………</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>...........</w:t>
+      </w:r>
       <w:r w:rsidRPr="004C55E6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">                            </w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75158E54" w14:textId="529291F9" w:rsidR="00514AC4" w:rsidRPr="00514AC4" w:rsidRDefault="00514AC4" w:rsidP="00514AC4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA395E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                           </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA395E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tėvų/globėjų p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA395E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>arašas)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA395E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>(dorinio ugdymo: tikybos arba etikos)</w:t>
-[...409 lines deleted...]
-    <w:sectPr w:rsidR="00B623A5" w:rsidSect="00AC7BEA">
+      </w:r>
+      <w:r w:rsidR="00005559">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                               </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA395E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Vardas ir pavardė)</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00514AC4" w:rsidRPr="00514AC4" w:rsidSect="00897F00">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1135" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
+      <w:pgMar w:top="1135" w:right="567" w:bottom="709" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008604E8"/>
+    <w:rsid w:val="00005559"/>
+    <w:rsid w:val="000260C7"/>
     <w:rsid w:val="0006041A"/>
+    <w:rsid w:val="00073B08"/>
     <w:rsid w:val="000A3A21"/>
-    <w:rsid w:val="00151CF3"/>
-    <w:rsid w:val="001E5684"/>
+    <w:rsid w:val="000B6CC4"/>
+    <w:rsid w:val="000E7068"/>
+    <w:rsid w:val="0010085C"/>
+    <w:rsid w:val="00124688"/>
+    <w:rsid w:val="00124DB1"/>
+    <w:rsid w:val="00143A8E"/>
+    <w:rsid w:val="001462BB"/>
+    <w:rsid w:val="00166DC8"/>
+    <w:rsid w:val="001B3CD2"/>
     <w:rsid w:val="00246F96"/>
-    <w:rsid w:val="002A2548"/>
+    <w:rsid w:val="00280E8A"/>
+    <w:rsid w:val="002E0C6D"/>
+    <w:rsid w:val="00333519"/>
+    <w:rsid w:val="00365005"/>
+    <w:rsid w:val="003A2319"/>
     <w:rsid w:val="003B0639"/>
     <w:rsid w:val="003E7F79"/>
+    <w:rsid w:val="004464DD"/>
+    <w:rsid w:val="004776DF"/>
+    <w:rsid w:val="00480B47"/>
+    <w:rsid w:val="004A5183"/>
+    <w:rsid w:val="004B2E38"/>
+    <w:rsid w:val="00514AC4"/>
     <w:rsid w:val="00540E79"/>
+    <w:rsid w:val="005873C6"/>
+    <w:rsid w:val="005C047C"/>
     <w:rsid w:val="00636AFC"/>
+    <w:rsid w:val="00647C98"/>
+    <w:rsid w:val="00677BED"/>
+    <w:rsid w:val="006B1625"/>
+    <w:rsid w:val="006C2D38"/>
+    <w:rsid w:val="006E1CB8"/>
+    <w:rsid w:val="00714264"/>
     <w:rsid w:val="007565A2"/>
+    <w:rsid w:val="007775F9"/>
+    <w:rsid w:val="00795444"/>
     <w:rsid w:val="00801E31"/>
+    <w:rsid w:val="00825171"/>
+    <w:rsid w:val="00845325"/>
+    <w:rsid w:val="00854B8C"/>
     <w:rsid w:val="008604E8"/>
+    <w:rsid w:val="00897F00"/>
+    <w:rsid w:val="008B3482"/>
+    <w:rsid w:val="009470F4"/>
+    <w:rsid w:val="009A5C49"/>
+    <w:rsid w:val="00A33247"/>
     <w:rsid w:val="00AC7BEA"/>
-    <w:rsid w:val="00B1184C"/>
+    <w:rsid w:val="00AF49E7"/>
     <w:rsid w:val="00B623A5"/>
+    <w:rsid w:val="00BA395E"/>
+    <w:rsid w:val="00BA7C96"/>
+    <w:rsid w:val="00BB024E"/>
     <w:rsid w:val="00BC23CC"/>
     <w:rsid w:val="00BE5146"/>
+    <w:rsid w:val="00C131C9"/>
     <w:rsid w:val="00C76182"/>
     <w:rsid w:val="00C86A58"/>
     <w:rsid w:val="00CE33A4"/>
+    <w:rsid w:val="00CF73C6"/>
+    <w:rsid w:val="00D216F4"/>
+    <w:rsid w:val="00D6424E"/>
     <w:rsid w:val="00E1147A"/>
     <w:rsid w:val="00E27B65"/>
     <w:rsid w:val="00E32A50"/>
-    <w:rsid w:val="00E35107"/>
-    <w:rsid w:val="00E62C75"/>
+    <w:rsid w:val="00E56361"/>
+    <w:rsid w:val="00E95A78"/>
+    <w:rsid w:val="00EA443C"/>
     <w:rsid w:val="00EA7CD6"/>
     <w:rsid w:val="00EB74BE"/>
-    <w:rsid w:val="00F23C38"/>
-    <w:rsid w:val="00F469DB"/>
+    <w:rsid w:val="00F63723"/>
+    <w:rsid w:val="00FA58FD"/>
+    <w:rsid w:val="00FF65F4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="5F214C5C"/>
+  <w15:docId w15:val="{85F5FBC2-B385-44CB-BA16-A41CE930419E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...338 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008604E8"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sraopastraipa">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="prastasis"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="008604E8"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="2016493446">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2221,73 +2997,73 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1295</Words>
-  <Characters>739</Characters>
+  <Words>1701</Words>
+  <Characters>971</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>6</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>8</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2030</CharactersWithSpaces>
+  <CharactersWithSpaces>2667</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Raštinė</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>